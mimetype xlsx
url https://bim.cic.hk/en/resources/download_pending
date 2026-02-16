--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Pending list of New Category (C" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
   <si>
     <t>Field type</t>
   </si>
   <si>
     <t>Proposed _x0003_field name</t>
   </si>
   <si>
     <t>Full proposed _x0003_field name</t>
   </si>
   <si>
     <t>Application _x0003_date</t>
   </si>
   <si>
     <t>Application _x0003_organisation</t>
   </si>
   <si>
     <t>Reason​</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sub CAT</t>
   </si>
   <si>
@@ -384,50 +384,104 @@
     <t>Steel Grating for Rigid Barrier</t>
   </si>
   <si>
     <t>Create a short form for Waste Water Channels, Gullies, Grating, Covers</t>
   </si>
   <si>
     <t>Waste Water Channels, Gullies, Grating, Covers</t>
   </si>
   <si>
     <t>TIT</t>
   </si>
   <si>
     <t>Sub-CAT code for Title block</t>
   </si>
   <si>
     <t>9/10/25</t>
   </si>
   <si>
     <t>AECOM</t>
   </si>
   <si>
     <t>Sub-CAT code for title block is not found in the master list for drawing production</t>
   </si>
   <si>
     <t>Title block for drawing production</t>
+  </si>
+  <si>
+    <t>PTB</t>
+  </si>
+  <si>
+    <t>Planter Box</t>
+  </si>
+  <si>
+    <t>28/1/26</t>
+  </si>
+  <si>
+    <t>Build King Management Limited</t>
+  </si>
+  <si>
+    <t>Critical item in Project - Facility Upgrade of Tai Po Civic Centre</t>
+  </si>
+  <si>
+    <t>Fiberglass Planter Box</t>
+  </si>
+  <si>
+    <t>LTB</t>
+  </si>
+  <si>
+    <t>Light Tube</t>
+  </si>
+  <si>
+    <t>CHS</t>
+  </si>
+  <si>
+    <t>Chain Hoist</t>
+  </si>
+  <si>
+    <t>Critical item of Project - Facility Upgrade of Tai Po Civic Centre</t>
+  </si>
+  <si>
+    <t>A manual chain hoist is a hand-operated chain-and-gear device for lifting and holding loads.</t>
+  </si>
+  <si>
+    <t>CRT</t>
+  </si>
+  <si>
+    <t>Curtain</t>
+  </si>
+  <si>
+    <t>Critical Item of Project - Facility Upgrade of Tai Po Civic Centre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Curtain </t>
+  </si>
+  <si>
+    <t>CMH</t>
+  </si>
+  <si>
+    <t>Computerized Hoist</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -438,51 +492,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:G30"/>
+  <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.210036277771" customWidth="1"/>
     <col min="2" max="2" width="19.8977851867676" customWidth="1"/>
     <col min="3" max="3" width="38.6850090026855" customWidth="1"/>
     <col min="4" max="4" width="16.1134662628174" customWidth="1"/>
     <col min="5" max="5" width="43.2253723144531" customWidth="1"/>
     <col min="6" max="6" width="76.9854965209961" customWidth="1"/>
     <col min="7" max="7" width="84.1725311279297" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1146,29 +1200,144 @@
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>124</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>125</v>
       </c>
     </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>143</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>